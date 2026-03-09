--- v0 (2026-02-16)
+++ v1 (2026-03-09)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\leyre.jimenezeguizab\Documents\Revista ECOSISTEMAS\ECOSISTEMAS\Vol 35-1_Despoblación\MONOGRÁFICO\3151  Ron-Arroyo et al.  Análisis crítico de las predicciones pioneras\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\leyre.jimenezeguizab\Documents\Revista ECOSISTEMAS\ECOSISTEMAS\Vol 35-1_Despoblación\MONOGRÁFICO\Maquetado_AA_3151 Ron-Arroyo et al.  Análisis crítico\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E6290826-63A8-4643-A5B5-71D85A694F78}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A6DE2B4-3DA4-44DD-B64E-63FDEC41CFDF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="60" windowWidth="24045" windowHeight="15420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="390" yWindow="60" windowWidth="27300" windowHeight="15420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Predicciones" sheetId="1" r:id="rId1"/>
     <sheet name="Esfuerzo de muestreo" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Predicciones!$B$8:$P$47</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -2419,51 +2419,51 @@
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Cómo citar este documento / </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="0" tint="-0.499984740745262"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>How to cite</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">: Ron-Arroyo, N., Martínez-Abraín, A., &amp; Oro, D. (en prensa). Análisis crítico de las predicciones tempranas sobre la fauna terrestre amenazada en España a la luz de los cambios socioeconómicos de los últimos 50 años (Material Suplementario). </t>
+      <t xml:space="preserve">: Ron-Arroyo, N., Oro, D., &amp; Martínez-Abraín, A. (2026). Análisis crítico de las predicciones tempranas sobre la fauna terrestre amenazada en España a la luz de los cambios socioeconómicos de los últimos 50 años (Material Suplementario). </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Ecosistemas </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">35(1), 3151MS. </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
@@ -3221,51 +3221,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atlasaves.seo.org/ave/quebrantahuesos/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atlasaves.seo.org/ave/quebrantahuesos/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atlasaves.seo.org/ave/calamon-comun/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atlasaves.seo.org/ave/quebrantahuesos/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B2" sqref="B2:G2"/>
+      <selection pane="bottomLeft" activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="3" customWidth="1"/>
     <col min="2" max="2" width="6.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="25.28515625" style="5" customWidth="1"/>
     <col min="4" max="4" width="20.140625" style="3" customWidth="1"/>
     <col min="5" max="5" width="18.85546875" style="6" customWidth="1"/>
     <col min="6" max="6" width="46" style="5" customWidth="1"/>
     <col min="7" max="7" width="33.85546875" style="5" customWidth="1"/>
     <col min="8" max="8" width="31" style="3" customWidth="1"/>
     <col min="9" max="9" width="37" style="6" customWidth="1"/>
     <col min="10" max="10" width="34.85546875" style="5" customWidth="1"/>
     <col min="11" max="11" width="40.28515625" style="5" customWidth="1"/>
     <col min="12" max="12" width="29.5703125" style="4" customWidth="1"/>
     <col min="13" max="13" width="36.42578125" style="5" customWidth="1"/>
     <col min="14" max="14" width="32.140625" style="6" customWidth="1"/>
     <col min="15" max="15" width="44.7109375" style="7" customWidth="1"/>
     <col min="16" max="46" width="11.5703125" style="3"/>
     <col min="47" max="47" width="11.5703125" style="3" customWidth="1"/>
     <col min="48" max="16384" width="11.5703125" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" ht="36" customHeight="1" x14ac:dyDescent="0.2">